--- v0 (2026-02-03)
+++ v1 (2026-03-27)
@@ -10,176 +10,1010 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="696" uniqueCount="320">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2089</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Du da Academia</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2089/ind01.pdf</t>
+  </si>
+  <si>
+    <t>Solicita manutenção de estrada rural na saída da Serra.</t>
+  </si>
+  <si>
+    <t>2090</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Bié</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2090/ind02.pdf</t>
+  </si>
+  <si>
+    <t>Solicita instalação de faixas antiderrapantes nas áreas de circulação critica do prédio da UNH.</t>
+  </si>
+  <si>
+    <t>2091</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Frankeliny Natividade</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2091/ind03.pdf</t>
+  </si>
+  <si>
+    <t>Solicita capina urgente nas ruas do Município</t>
+  </si>
+  <si>
+    <t>2092</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2092/ind04.pdf</t>
+  </si>
+  <si>
+    <t>Solicita reparos para acúmulo de água na estrada da secretaria de saúde e centro de especialidades.</t>
+  </si>
+  <si>
+    <t>2093</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2093/ind05.pdf</t>
+  </si>
+  <si>
+    <t>Solicita sinalização e pintura viária nos quebra-molas.</t>
+  </si>
+  <si>
+    <t>2094</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>João Batista</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2094/ind06.pdf</t>
+  </si>
+  <si>
+    <t>Solicita manutenção urgente nas estradas ruais da comunidade do Passa Três</t>
+  </si>
+  <si>
+    <t>2095</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2095/ind07.pdf</t>
+  </si>
+  <si>
+    <t>Solicita iluminação elétrica, adequação da rede elétrica e reparos nas estradas de acesso ao bairro Ipiranga.</t>
+  </si>
+  <si>
+    <t>2096</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Marcelo do Mazico</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2096/ind08.pdf</t>
+  </si>
+  <si>
+    <t>Solicita renovação de convênio com a clínica de recuperação Divina Providência.</t>
+  </si>
+  <si>
+    <t>2099</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2099/ind9.pdf</t>
+  </si>
+  <si>
+    <t>Solicita colocação de lixeiras na Avenida 31 de Dezembro.</t>
+  </si>
+  <si>
+    <t>2100</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Juninho da Academia</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2100/ind10.pdf</t>
+  </si>
+  <si>
+    <t>Solicita estudos para implantação do Refis em 2026.</t>
+  </si>
+  <si>
+    <t>2101</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2101/ind11.pdf</t>
+  </si>
+  <si>
+    <t>Solicita limpeza no Bairro Beira Rio.</t>
+  </si>
+  <si>
+    <t>2102</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2102/ind12.pdf</t>
+  </si>
+  <si>
+    <t>Solicita limpeza no Bairro da Serra.</t>
+  </si>
+  <si>
+    <t>2103</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2103/ind13.pdf</t>
+  </si>
+  <si>
+    <t>Solicita instalação de iluminação no Bairro da Serra.</t>
+  </si>
+  <si>
+    <t>2104</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2104/ind14.pdf</t>
+  </si>
+  <si>
+    <t>Solicita melhoria nos serviços de raio-x.</t>
+  </si>
+  <si>
+    <t>2105</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2105/ind15.pdf</t>
+  </si>
+  <si>
+    <t>Solicita limpeza e notificação de manutenção no bairro Residencial Vilas Boas.</t>
+  </si>
+  <si>
+    <t>2116</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2116/ind16.pdf</t>
+  </si>
+  <si>
+    <t>Solicita limpeza na Rua Comissário Vilas Boas</t>
+  </si>
+  <si>
+    <t>2117</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>Roberto</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2117/ind17.pdf</t>
+  </si>
+  <si>
+    <t>Solicita providências visando limpeza de lotes e ruas do Bairro Residencial Vilas Boas</t>
+  </si>
+  <si>
+    <t>2118</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2118/ind18.pdf</t>
+  </si>
+  <si>
+    <t>Solicita compra e conserto de equipamentos para a sala de fisioterapia.</t>
+  </si>
+  <si>
+    <t>2119</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2119/ind19.pdf</t>
+  </si>
+  <si>
+    <t>Solicita operação tapa buracos em Ijaci.</t>
+  </si>
+  <si>
+    <t>2134</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2134/ind20.pdf</t>
+  </si>
+  <si>
+    <t>Solicita instalação de luminária em poste localizado ao final da Rua Claudino Hipólito de Miranda.</t>
+  </si>
+  <si>
+    <t>2135</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2135/ind21.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ajuste de horário e disponibilização de transporte para estudantes.</t>
+  </si>
+  <si>
+    <t>2136</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2136/ind22.pdf</t>
+  </si>
+  <si>
+    <t>Solicita pintura de faixa de pedestre em frente a portaria do cemitério.</t>
+  </si>
+  <si>
+    <t>2142</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2142/ind23.pdf</t>
+  </si>
+  <si>
+    <t>Solicita providências para funcionamento dos caixas eletrônicos do Bradesco.</t>
+  </si>
+  <si>
+    <t>2143</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2143/ind24.pdf</t>
+  </si>
+  <si>
+    <t>Solicita estudo para implantação de pintura de solo e placas escolares.</t>
+  </si>
+  <si>
+    <t>2144</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2144/ind25.pdf</t>
+  </si>
+  <si>
+    <t>Solicita pintura com nome de identificação das ruas nos postes fixados nas esquinas.</t>
+  </si>
+  <si>
+    <t>2146</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2146/ind26.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações sobre manutenção das estradas rurais do Município.</t>
+  </si>
+  <si>
+    <t>2147</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>Rogério Tungas</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2147/ind27.pdf</t>
+  </si>
+  <si>
+    <t>Solicita providências urgentes para melhoria e adequação do centro de fisioterapia.</t>
+  </si>
+  <si>
+    <t>2148</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2148/ind28.pdf</t>
+  </si>
+  <si>
+    <t>Solicita reparos urgentes nas estradas de acesso às comunidade rurais.</t>
+  </si>
+  <si>
+    <t>2149</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2149/ind29.pdf</t>
+  </si>
+  <si>
+    <t>Solicita recolocação de placas de sinalização de PARE.</t>
+  </si>
+  <si>
+    <t>2150</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2150/ind30.pdf</t>
+  </si>
+  <si>
+    <t>Solicita alteração no trânsito da Rua Chuva de Ouro, no bairro Jardim Planalto.</t>
+  </si>
+  <si>
+    <t>2160</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2160/ind31.pdf</t>
+  </si>
+  <si>
+    <t>Solicita guardas de trânsito ou implementação de semáforo nas proximidades das escolas.</t>
+  </si>
+  <si>
+    <t>2161</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2161/ind32.pdf</t>
+  </si>
+  <si>
+    <t>Solicita limpeza urbana na Rua Ana Januária Moretti.</t>
+  </si>
+  <si>
+    <t>2162</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2162/ind33.pdf</t>
+  </si>
+  <si>
+    <t>Solicita reparos urgentes na ponte próxima ao bar dos parentes do Sr. Osvaldo.</t>
+  </si>
+  <si>
+    <t>2163</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2163/ind34.pdf</t>
+  </si>
+  <si>
+    <t>Solicita urgência para demandas na Rodovia MG-335.</t>
+  </si>
+  <si>
+    <t>2164</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2164/ind35.pdf</t>
+  </si>
+  <si>
+    <t>Solicita sinalização do viaduto.</t>
+  </si>
+  <si>
+    <t>2165</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2165/ind36.pdf</t>
+  </si>
+  <si>
+    <t>Solicita sinalização dos pontos de ônibus.</t>
+  </si>
+  <si>
+    <t>2088</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>Mesa Diretora</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2088/plc1-26_-_cargos_camara.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar n.º 888, de 23 de outubro de 2006, para criar mais um cargo de provimento comissionado, mais uma função gratificada e alterar os anexos I, IV e VIII e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2114</t>
+  </si>
+  <si>
+    <t>Nelson Mesquita Galvino</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2114/plc2-26_-_cria_cargo_enfermeiro.pdf</t>
+  </si>
+  <si>
+    <t>Cria cargo efetivo de enfermeiro e dá outras providências.</t>
+  </si>
+  <si>
     <t>2083</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>Nelson Mesquita Galvino</t>
-[...2 lines deleted...]
-    <t>https://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2083/pl_1-2026-altera_orcamento.pdf</t>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2083/pl_1-2026-altera_orcamento.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 1.534/2025 que estima a receita e fixa a despesa para o exercício financeiro de 2026</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.ijaci.mg.leg.br/media/</t>
+    <t>http://sapl.ijaci.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Estabelece área consolidada às margens do Córrego Piampum, na zona urbana do Município de Ijaci e dá outras providências</t>
   </si>
   <si>
+    <t>2110</t>
+  </si>
+  <si>
+    <t>Concede revisão geral na remuneração dos servidores da Câmara Municipal</t>
+  </si>
+  <si>
+    <t>2111</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a revisão geral anual dos vencimentos do funcionalismo público municipal da administração direta</t>
+  </si>
+  <si>
+    <t>2112</t>
+  </si>
+  <si>
+    <t>Concede revisão nos subsídios do Prefeito e Vice-Prefeito do Município de Ijaci para o exercício de 2026</t>
+  </si>
+  <si>
+    <t>2113</t>
+  </si>
+  <si>
+    <t>Concede reajuste nos subsídios dos Secretários Municipais de Ijaci para o exercício de 2026</t>
+  </si>
+  <si>
+    <t>2115</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2115/pl7-26_-_emprestimo_caixa.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal, no âmbito do Programa Finisa, com ou sem garantia da União e dá outras providências</t>
+  </si>
+  <si>
+    <t>2128</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2128/pl8-26_-_abre_credito_adicional.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza abertura de crédito adicional suplementar ao orçamento de 2026, fixado pela Lei Municipal 1.534/2025</t>
+  </si>
+  <si>
+    <t>2158</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2158/pl9-26_-_repassa_apae.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal de Ijaci-MG destinar recursos a entidade privada “APAE DE IJACI”, de acordo com o artigo 26 da Lei Complementar 101 de 2000, e dá outras providências</t>
+  </si>
+  <si>
     <t>2080</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>Mesa Diretora</t>
-[...2 lines deleted...]
-    <t>https://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2080/pr_1-2026_-_diarias_vereadores.pdf</t>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2080/pr_1-2026_-_diarias_vereadores.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de despesas de viagem para os vereadores da Câmara Municipal de Ijaci, e dá outras providências</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
-    <t>https://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2081/pr_2-2026_-_altera_uso_veiculo.pdf</t>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2081/pr_2-2026_-_altera_uso_veiculo.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução n.º 499, de 9 de dezembro de 2009, que Regulamenta o uso do veículo oficial da Câmara Municipal</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2082/pr_3-2026_-_altera_sede_camara.pdf</t>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2082/pr_3-2026_-_altera_sede_camara.pdf</t>
   </si>
   <si>
     <t>Transfere provisoriamente a sede administrativa da Câmara Municipal de Ijaci</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>Autoriza transferência de um veículo pertencente a Câmara Municipal e recebimento de outro do Executivo Municipal</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>Dispõe sobre o pagamento de despesas de viagem para os Vereadores da Câmara Municipal de Ijaci e dá outras providências</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>Autoriza doação de bens inservíveis ao Poder Executivo Municipal</t>
+  </si>
+  <si>
+    <t>2109</t>
+  </si>
+  <si>
+    <t>Concede reajuste nos subsídios dos Vereadores do Município de Ijaci para o exercício de 2026</t>
+  </si>
+  <si>
+    <t>2145</t>
+  </si>
+  <si>
+    <t>Comissão de Finanças, Orçamento e Tomada de Contas</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2145/pr8-26_-_aprova_contas_2022_executivo.pdf</t>
+  </si>
+  <si>
+    <t>Aprova as contas do Município de Ijaci, exercício de 2022.</t>
+  </si>
+  <si>
+    <t>2097</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2097/req01.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informação sobre o andamento das emendas impositivas.</t>
+  </si>
+  <si>
+    <t>2098</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2098/req02.pdf</t>
+  </si>
+  <si>
+    <t>Solicita esclarecimento e providências sobre a infraestrutura viária no trecho de acesso ao condomínio Ilha Brasil.</t>
+  </si>
+  <si>
+    <t>2106</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2106/req3.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de informações sobre pagamento de triênios, quinquênios, abono salarial, gratificações e reajustes salariais.</t>
+  </si>
+  <si>
+    <t>2107</t>
+  </si>
+  <si>
+    <t>Márcio Moraes Vilas Boas</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2107/req4.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de informações sobre contratação de empresa de engenharia de trânsito.</t>
+  </si>
+  <si>
+    <t>2108</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2108/req5.pdf</t>
+  </si>
+  <si>
+    <t>Solicita explicações sobre o cumprimento das metas do contrato com a COPASA.</t>
+  </si>
+  <si>
+    <t>2120</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2120/req6.pdf</t>
+  </si>
+  <si>
+    <t>Requer documentação da fase inicial de implantação do Loteamento Jardim Copaíba.</t>
+  </si>
+  <si>
+    <t>2121</t>
+  </si>
+  <si>
+    <t>Marcelo do Mazico, Márcio Moraes Vilas Boas, Rogério Tungas</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2121/req7.pdf</t>
+  </si>
+  <si>
+    <t>Requer documentos relacionados ao carnaval e festividades do aniversário da cidade.</t>
+  </si>
+  <si>
+    <t>2122</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2122/req8.pdf</t>
+  </si>
+  <si>
+    <t>Requer providências junto a CEMIG para poda de árvores na Praça São José de Pedra Negra.</t>
+  </si>
+  <si>
+    <t>2123</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2123/req9.pdf</t>
+  </si>
+  <si>
+    <t>Requer providências junto a CEMIG para poda de árvores nas comunidades rurais.</t>
+  </si>
+  <si>
+    <t>2124</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2124/req10.pdf</t>
+  </si>
+  <si>
+    <t>Requer providências quanto a presença de animais no campo de futebol da Pedra Negra.</t>
+  </si>
+  <si>
+    <t>2125</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2125/req11.pdf</t>
+  </si>
+  <si>
+    <t>Requer documentos sobre gastos com contratação de médicos plantonistas e especialistas.</t>
+  </si>
+  <si>
+    <t>2126</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2126/req12.pdf</t>
+  </si>
+  <si>
+    <t>Requer documentos sobre prestadores de serviços na área de saúde e análises clínicas.</t>
+  </si>
+  <si>
+    <t>2127</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2127/req13.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre os equipamentos da fisioterapia.</t>
+  </si>
+  <si>
+    <t>2129</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2129/req14.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações e relação completa de férias vencidas e férias-prêmio dos servidores efetivos.</t>
+  </si>
+  <si>
+    <t>2130</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2130/req15.pdf</t>
+  </si>
+  <si>
+    <t>Requer parecer jurídico sobre direito de agentes políticos a férias e indenização.</t>
+  </si>
+  <si>
+    <t>2131</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2131/req16.pdf</t>
+  </si>
+  <si>
+    <t>Requer esclarecimento sobre pagamento de verbas rescisórias e indenização ao ex-prefeito.</t>
+  </si>
+  <si>
+    <t>2132</t>
+  </si>
+  <si>
+    <t>Frankeliny Natividade, Márcio Moraes Vilas Boas, Rogério Tungas</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2132/req17.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações e documentos sobre pagamento de férias ao ex-prefeito Fabiano.</t>
+  </si>
+  <si>
+    <t>2133</t>
+  </si>
+  <si>
+    <t>Bié, Du da Academia, Frankeliny Natividade, Juninho da Academia, Marcelo do Mazico, Márcio Moraes Vilas Boas, Roberto, Rogério Tungas</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2133/req18.pdf</t>
+  </si>
+  <si>
+    <t>Requer envio de relatório detalhado referente a audiência pública do 3º quadrimestre de 2025.</t>
+  </si>
+  <si>
+    <t>2137</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2137/req19.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre cargos em comissão.</t>
+  </si>
+  <si>
+    <t>2138</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2138/req20.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre gastos com festas, OSCIP’s e calendário de eventos.</t>
+  </si>
+  <si>
+    <t>2139</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2139/req21.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre exoneração e apuração de atos administrativos.</t>
+  </si>
+  <si>
+    <t>2140</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2140/req22.pdf</t>
+  </si>
+  <si>
+    <t>Convida Secretário de Desenvolvimento Urbano para comparecer na próxima reunião.</t>
+  </si>
+  <si>
+    <t>2141</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2141/req23.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre fiscalização e autuação de lotes sujos.</t>
+  </si>
+  <si>
+    <t>2151</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2151/req24.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre divergência de salário de motoristas.</t>
+  </si>
+  <si>
+    <t>2152</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2152/req25.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre gasto com exames no período de 3 meses.</t>
+  </si>
+  <si>
+    <t>2153</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2153/req26.pdf</t>
+  </si>
+  <si>
+    <t>Requer valores aplicados pela administração pública referente à escola.</t>
+  </si>
+  <si>
+    <t>2154</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2154/req27.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação acerca da construção da quadra de esportes nos fundos da escola infantil.</t>
+  </si>
+  <si>
+    <t>2155</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2155/req28.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação acerca de terrenos de propriedade do Município.</t>
+  </si>
+  <si>
+    <t>2156</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2156/req29.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre problemas no sinal de televisão no Município.</t>
+  </si>
+  <si>
+    <t>2157</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2157/req30.pdf</t>
+  </si>
+  <si>
+    <t>Requer documentos referentes a prestadora de serviços TK9.</t>
+  </si>
+  <si>
+    <t>2159</t>
+  </si>
+  <si>
+    <t>http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2159/req31.pdf</t>
+  </si>
+  <si>
+    <t>Requer contrato social de empresa de serviços de locação de máquinas e veículos pesados.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -483,68 +1317,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2083/pl_1-2026-altera_orcamento.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ijaci.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2080/pr_1-2026_-_diarias_vereadores.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2081/pr_2-2026_-_altera_uso_veiculo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2082/pr_3-2026_-_altera_sede_camara.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ijaci.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ijaci.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.ijaci.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2089/ind01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2090/ind02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2091/ind03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2092/ind04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2093/ind05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2094/ind06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2095/ind07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2096/ind08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2099/ind9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2100/ind10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2101/ind11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2102/ind12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2103/ind13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2104/ind14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2105/ind15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2116/ind16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2117/ind17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2118/ind18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2119/ind19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2134/ind20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2135/ind21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2136/ind22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2142/ind23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2143/ind24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2144/ind25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2146/ind26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2147/ind27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2148/ind28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2149/ind29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2150/ind30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2160/ind31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2161/ind32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2162/ind33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2163/ind34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2164/ind35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2165/ind36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2088/plc1-26_-_cargos_camara.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2114/plc2-26_-_cria_cargo_enfermeiro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2083/pl_1-2026-altera_orcamento.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2115/pl7-26_-_emprestimo_caixa.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2128/pl8-26_-_abre_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2158/pl9-26_-_repassa_apae.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2080/pr_1-2026_-_diarias_vereadores.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2081/pr_2-2026_-_altera_uso_veiculo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2082/pr_3-2026_-_altera_sede_camara.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2145/pr8-26_-_aprova_contas_2022_executivo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2097/req01.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2098/req02.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2106/req3.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2107/req4.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2108/req5.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2120/req6.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2121/req7.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2122/req8.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2123/req9.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2124/req10.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2125/req11.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2126/req12.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2127/req13.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2129/req14.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2130/req15.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2131/req16.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2132/req17.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2133/req18.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2137/req19.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2138/req20.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2139/req21.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2140/req22.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2141/req23.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2151/req24.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2152/req25.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2153/req26.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2154/req27.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2155/req28.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2156/req29.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2157/req30.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.ijaci.mg.leg.br/media/sapl/public/materialegislativa/2026/2159/req31.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="23.140625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="111" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="122.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="107.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="177.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -572,225 +1406,2331 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
         <v>36</v>
       </c>
-      <c r="B8" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G8" s="1" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="H8" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H9" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H10" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>57</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H12" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>61</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>54</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H13" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>65</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H14" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>36</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H16" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>23</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H17" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>81</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>82</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>83</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H18" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>87</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H19" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>91</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H20" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>94</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>95</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>45</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H21" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>98</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H22" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>103</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>23</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H23" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>107</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H24" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>110</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>111</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>23</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H25" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>114</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>115</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>23</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H26" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>118</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>119</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>54</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="H27" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>122</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>123</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>124</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H28" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>127</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>128</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" t="s">
+        <v>45</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H29" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>131</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>132</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>23</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H30" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>135</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>136</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>83</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="H31" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>139</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>140</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>124</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H32" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>143</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>144</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="H33" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>147</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>148</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H34" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>151</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>152</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>23</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H35" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>155</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>156</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>54</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H36" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>160</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>54</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H37" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>163</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" t="s">
+        <v>164</v>
+      </c>
+      <c r="E38" t="s">
+        <v>165</v>
+      </c>
+      <c r="F38" t="s">
+        <v>166</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H38" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>169</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D39" t="s">
+        <v>164</v>
+      </c>
+      <c r="E39" t="s">
+        <v>165</v>
+      </c>
+      <c r="F39" t="s">
+        <v>170</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="H39" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>173</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" t="s">
+        <v>174</v>
+      </c>
+      <c r="E40" t="s">
+        <v>175</v>
+      </c>
+      <c r="F40" t="s">
+        <v>170</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="H40" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>178</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>17</v>
+      </c>
+      <c r="D41" t="s">
+        <v>174</v>
+      </c>
+      <c r="E41" t="s">
+        <v>175</v>
+      </c>
+      <c r="F41" t="s">
+        <v>170</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H41" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>181</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>22</v>
+      </c>
+      <c r="D42" t="s">
+        <v>174</v>
+      </c>
+      <c r="E42" t="s">
+        <v>175</v>
+      </c>
+      <c r="F42" t="s">
+        <v>166</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H42" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>183</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>27</v>
+      </c>
+      <c r="D43" t="s">
+        <v>174</v>
+      </c>
+      <c r="E43" t="s">
+        <v>175</v>
+      </c>
+      <c r="F43" t="s">
+        <v>170</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H43" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>185</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>31</v>
+      </c>
+      <c r="D44" t="s">
+        <v>174</v>
+      </c>
+      <c r="E44" t="s">
+        <v>175</v>
+      </c>
+      <c r="F44" t="s">
+        <v>166</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H44" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>187</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>35</v>
+      </c>
+      <c r="D45" t="s">
+        <v>174</v>
+      </c>
+      <c r="E45" t="s">
+        <v>175</v>
+      </c>
+      <c r="F45" t="s">
+        <v>166</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H45" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>189</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
         <v>40</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="D46" t="s">
+        <v>174</v>
+      </c>
+      <c r="E46" t="s">
+        <v>175</v>
+      </c>
+      <c r="F46" t="s">
+        <v>170</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="H46" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>192</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>44</v>
+      </c>
+      <c r="D47" t="s">
+        <v>174</v>
+      </c>
+      <c r="E47" t="s">
+        <v>175</v>
+      </c>
+      <c r="F47" t="s">
+        <v>170</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="H47" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>195</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>49</v>
+      </c>
+      <c r="D48" t="s">
+        <v>174</v>
+      </c>
+      <c r="E48" t="s">
+        <v>175</v>
+      </c>
+      <c r="F48" t="s">
+        <v>170</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="H48" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>198</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>10</v>
+      </c>
+      <c r="D49" t="s">
+        <v>199</v>
+      </c>
+      <c r="E49" t="s">
+        <v>200</v>
+      </c>
+      <c r="F49" t="s">
+        <v>166</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H49" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>203</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D50" t="s">
+        <v>199</v>
+      </c>
+      <c r="E50" t="s">
+        <v>200</v>
+      </c>
+      <c r="F50" t="s">
+        <v>166</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="H50" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>206</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
         <v>22</v>
       </c>
-      <c r="F9" t="s">
+      <c r="D51" t="s">
+        <v>199</v>
+      </c>
+      <c r="E51" t="s">
+        <v>200</v>
+      </c>
+      <c r="F51" t="s">
+        <v>166</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H51" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>209</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>27</v>
+      </c>
+      <c r="D52" t="s">
+        <v>199</v>
+      </c>
+      <c r="E52" t="s">
+        <v>200</v>
+      </c>
+      <c r="F52" t="s">
+        <v>166</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H52" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>211</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>31</v>
+      </c>
+      <c r="D53" t="s">
+        <v>199</v>
+      </c>
+      <c r="E53" t="s">
+        <v>200</v>
+      </c>
+      <c r="F53" t="s">
+        <v>166</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H53" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>213</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>35</v>
+      </c>
+      <c r="D54" t="s">
+        <v>199</v>
+      </c>
+      <c r="E54" t="s">
+        <v>200</v>
+      </c>
+      <c r="F54" t="s">
+        <v>166</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H54" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>215</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>40</v>
+      </c>
+      <c r="D55" t="s">
+        <v>199</v>
+      </c>
+      <c r="E55" t="s">
+        <v>200</v>
+      </c>
+      <c r="F55" t="s">
+        <v>166</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H55" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>217</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>44</v>
+      </c>
+      <c r="D56" t="s">
+        <v>199</v>
+      </c>
+      <c r="E56" t="s">
+        <v>200</v>
+      </c>
+      <c r="F56" t="s">
+        <v>218</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H56" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>221</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>10</v>
+      </c>
+      <c r="D57" t="s">
+        <v>222</v>
+      </c>
+      <c r="E57" t="s">
+        <v>223</v>
+      </c>
+      <c r="F57" t="s">
         <v>23</v>
       </c>
-      <c r="G9" s="1" t="s">
-[...3 lines deleted...]
-        <v>41</v>
+      <c r="G57" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H57" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>226</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>17</v>
+      </c>
+      <c r="D58" t="s">
+        <v>222</v>
+      </c>
+      <c r="E58" t="s">
+        <v>223</v>
+      </c>
+      <c r="F58" t="s">
+        <v>23</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H58" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>229</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>22</v>
+      </c>
+      <c r="D59" t="s">
+        <v>222</v>
+      </c>
+      <c r="E59" t="s">
+        <v>223</v>
+      </c>
+      <c r="F59" t="s">
+        <v>124</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H59" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>232</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>27</v>
+      </c>
+      <c r="D60" t="s">
+        <v>222</v>
+      </c>
+      <c r="E60" t="s">
+        <v>223</v>
+      </c>
+      <c r="F60" t="s">
+        <v>233</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H60" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>236</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>31</v>
+      </c>
+      <c r="D61" t="s">
+        <v>222</v>
+      </c>
+      <c r="E61" t="s">
+        <v>223</v>
+      </c>
+      <c r="F61" t="s">
+        <v>23</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="H61" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>239</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>35</v>
+      </c>
+      <c r="D62" t="s">
+        <v>222</v>
+      </c>
+      <c r="E62" t="s">
+        <v>223</v>
+      </c>
+      <c r="F62" t="s">
+        <v>54</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H62" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>242</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>40</v>
+      </c>
+      <c r="D63" t="s">
+        <v>222</v>
+      </c>
+      <c r="E63" t="s">
+        <v>223</v>
+      </c>
+      <c r="F63" t="s">
+        <v>243</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="H63" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>246</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>44</v>
+      </c>
+      <c r="D64" t="s">
+        <v>222</v>
+      </c>
+      <c r="E64" t="s">
+        <v>223</v>
+      </c>
+      <c r="F64" t="s">
+        <v>45</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H64" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>249</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>49</v>
+      </c>
+      <c r="D65" t="s">
+        <v>222</v>
+      </c>
+      <c r="E65" t="s">
+        <v>223</v>
+      </c>
+      <c r="F65" t="s">
+        <v>45</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="H65" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>252</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>53</v>
+      </c>
+      <c r="D66" t="s">
+        <v>222</v>
+      </c>
+      <c r="E66" t="s">
+        <v>223</v>
+      </c>
+      <c r="F66" t="s">
+        <v>45</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H66" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>255</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>58</v>
+      </c>
+      <c r="D67" t="s">
+        <v>222</v>
+      </c>
+      <c r="E67" t="s">
+        <v>223</v>
+      </c>
+      <c r="F67" t="s">
+        <v>54</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H67" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>258</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>62</v>
+      </c>
+      <c r="D68" t="s">
+        <v>222</v>
+      </c>
+      <c r="E68" t="s">
+        <v>223</v>
+      </c>
+      <c r="F68" t="s">
+        <v>54</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H68" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>261</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>66</v>
+      </c>
+      <c r="D69" t="s">
+        <v>222</v>
+      </c>
+      <c r="E69" t="s">
+        <v>223</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="H69" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>264</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>70</v>
+      </c>
+      <c r="D70" t="s">
+        <v>222</v>
+      </c>
+      <c r="E70" t="s">
+        <v>223</v>
+      </c>
+      <c r="F70" t="s">
+        <v>233</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H70" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>267</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>74</v>
+      </c>
+      <c r="D71" t="s">
+        <v>222</v>
+      </c>
+      <c r="E71" t="s">
+        <v>223</v>
+      </c>
+      <c r="F71" t="s">
+        <v>45</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="H71" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>270</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>78</v>
+      </c>
+      <c r="D72" t="s">
+        <v>222</v>
+      </c>
+      <c r="E72" t="s">
+        <v>223</v>
+      </c>
+      <c r="F72" t="s">
+        <v>45</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H72" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>273</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>82</v>
+      </c>
+      <c r="D73" t="s">
+        <v>222</v>
+      </c>
+      <c r="E73" t="s">
+        <v>223</v>
+      </c>
+      <c r="F73" t="s">
+        <v>274</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H73" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>277</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>87</v>
+      </c>
+      <c r="D74" t="s">
+        <v>222</v>
+      </c>
+      <c r="E74" t="s">
+        <v>223</v>
+      </c>
+      <c r="F74" t="s">
+        <v>278</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H74" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>281</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>91</v>
+      </c>
+      <c r="D75" t="s">
+        <v>222</v>
+      </c>
+      <c r="E75" t="s">
+        <v>223</v>
+      </c>
+      <c r="F75" t="s">
+        <v>124</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H75" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>284</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>95</v>
+      </c>
+      <c r="D76" t="s">
+        <v>222</v>
+      </c>
+      <c r="E76" t="s">
+        <v>223</v>
+      </c>
+      <c r="F76" t="s">
+        <v>54</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H76" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>287</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>99</v>
+      </c>
+      <c r="D77" t="s">
+        <v>222</v>
+      </c>
+      <c r="E77" t="s">
+        <v>223</v>
+      </c>
+      <c r="F77" t="s">
+        <v>54</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H77" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>290</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>103</v>
+      </c>
+      <c r="D78" t="s">
+        <v>222</v>
+      </c>
+      <c r="E78" t="s">
+        <v>223</v>
+      </c>
+      <c r="F78" t="s">
+        <v>83</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H78" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>293</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>107</v>
+      </c>
+      <c r="D79" t="s">
+        <v>222</v>
+      </c>
+      <c r="E79" t="s">
+        <v>223</v>
+      </c>
+      <c r="F79" t="s">
+        <v>36</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H79" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>296</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>111</v>
+      </c>
+      <c r="D80" t="s">
+        <v>222</v>
+      </c>
+      <c r="E80" t="s">
+        <v>223</v>
+      </c>
+      <c r="F80" t="s">
+        <v>124</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H80" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>299</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>115</v>
+      </c>
+      <c r="D81" t="s">
+        <v>222</v>
+      </c>
+      <c r="E81" t="s">
+        <v>223</v>
+      </c>
+      <c r="F81" t="s">
+        <v>36</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H81" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>302</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>119</v>
+      </c>
+      <c r="D82" t="s">
+        <v>222</v>
+      </c>
+      <c r="E82" t="s">
+        <v>223</v>
+      </c>
+      <c r="F82" t="s">
+        <v>45</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H82" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>305</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>123</v>
+      </c>
+      <c r="D83" t="s">
+        <v>222</v>
+      </c>
+      <c r="E83" t="s">
+        <v>223</v>
+      </c>
+      <c r="F83" t="s">
+        <v>45</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H83" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>308</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>128</v>
+      </c>
+      <c r="D84" t="s">
+        <v>222</v>
+      </c>
+      <c r="E84" t="s">
+        <v>223</v>
+      </c>
+      <c r="F84" t="s">
+        <v>45</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H84" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>311</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>132</v>
+      </c>
+      <c r="D85" t="s">
+        <v>222</v>
+      </c>
+      <c r="E85" t="s">
+        <v>223</v>
+      </c>
+      <c r="F85" t="s">
+        <v>23</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H85" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>314</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>136</v>
+      </c>
+      <c r="D86" t="s">
+        <v>222</v>
+      </c>
+      <c r="E86" t="s">
+        <v>223</v>
+      </c>
+      <c r="F86" t="s">
+        <v>83</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H86" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>317</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>140</v>
+      </c>
+      <c r="D87" t="s">
+        <v>222</v>
+      </c>
+      <c r="E87" t="s">
+        <v>223</v>
+      </c>
+      <c r="F87" t="s">
+        <v>45</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H87" t="s">
+        <v>319</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>